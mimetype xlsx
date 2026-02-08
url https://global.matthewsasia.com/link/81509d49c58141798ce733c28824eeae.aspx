--- v0 (2025-10-15)
+++ v1 (2026-02-08)
@@ -1,131 +1,137 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://acuitykp-my.sharepoint.com/personal/chaukhu_acuitykp_com/Documents/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\knagireddypally\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{DD3644CF-8717-43E2-A845-CB92D08C6F25}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A3A82C3B-C8E7-4D31-B45B-D8E05800C049}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{225A9B8E-F0DA-4561-974B-57C45BF37522}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{3FE2CDDE-77D7-459A-834B-FA404EDA027A}"/>
   </bookViews>
   <sheets>
-    <sheet name="Dist Summary - TA" sheetId="1" r:id="rId1"/>
+    <sheet name="Dist Summary - TA" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Dist Summary - TA'!$A$2:$N$5</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Dist Summary - TA'!$A$2:$N$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="23">
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Entity Name</t>
   </si>
   <si>
     <t>Record Date</t>
   </si>
   <si>
     <t>Ex Date</t>
   </si>
   <si>
     <t>Revinestment Date</t>
   </si>
   <si>
     <t>Payment Date</t>
   </si>
   <si>
     <t>Distribution Currency</t>
   </si>
   <si>
     <t>Distribution Rate local</t>
   </si>
   <si>
+    <t>LU0594555830</t>
+  </si>
+  <si>
+    <t>PACIFIC TIGER FUND</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
     <t>LU1311311606</t>
   </si>
   <si>
+    <t>ASIA EX JAPAN TR EQ FUND</t>
+  </si>
+  <si>
     <t>LU1311312166</t>
   </si>
   <si>
+    <t>USD</t>
+  </si>
+  <si>
     <t>LU1311312596</t>
   </si>
   <si>
-    <t>ASIA EX JAPAN TR EQ FUND</t>
-[...8 lines deleted...]
-    <t>Q3 2025 Distributions:</t>
+    <t>Q4 2025 Distributions:</t>
   </si>
   <si>
     <r>
       <t>Investments involve risk. The value of an investment in a fund can go down as well as up. As with any fund, possible loss of principal is a risk of investing. An investment in Matthews Asia Funds may be subject to risks, such as social and political instability, market illiquidity, exchange-rate fluctuations, a high level of volatility and limited regulation. Investing in emerging markets involves different and greater risks, as these countries are substantially smaller, less liquid and more volatile than securities markets in more developed markets. Investments in foreign currencies are exposed to the risk that the value of the foreign currency will increase or decrease. Investments in equity securities may result in increased volatility. Fixed income investments are subject to risks, including, but not limited to, interest rate, credit and inflation risks</t>
     </r>
     <r>
       <rPr>
         <strike/>
         <sz val="9"/>
         <color rgb="FFFF0000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t>.</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Fixed income funds may also invest in the following: derivatives which can be volatile and affect fund performance; high yield bonds (junk bonds) which can subject funds to substantial risk of loss; and structured investments which can change the risk or return, or replicate the risk or return of an underlying asset.</t>
     </r>
     <r>
       <rPr>
@@ -154,841 +160,896 @@
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> will pay or continue to pay distributions. Investors should not make any investment decision solely based on information contained in the table above.</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">The Funds may, at their discretion, pay dividends out of the capital or effectively out of capital in respect of the distribution shares. Payment of dividends out of capital and/or effectively out of capital represents a return or withdrawal of part of an investor's original investment, or from any capital gains attributable to that original investment. Such dividends may result in an immediate reduction of the net asset value per share of the Funds. </t>
   </si>
   <si>
     <t>As of April 14, 2014, all distribution classes of the sub-funds pay gross income.  This may result in expenses being paid out of capital and thereby limit an investor’s potential to generate total return and income.</t>
   </si>
   <si>
     <t>Investors should ascertain from their professional advisers the consequences of investing in the Fund under the relevant laws of the jurisdictions to which they are subject, including the tax consequences and any exchange control requirement. Investors should carefully consider the investment objectives, risks, charges and expenses of the Fund before making an investment decision. The current prospectus,  Key Investor Information Document or other offering documents ("Offering Documents") contain this and other information. Applications for shares may only be made on the Fund’s most recent Offering Documents which are available from Matthews International Capital Management, LLC. Please read the Offering Documents carefully before investing.</t>
   </si>
   <si>
     <t>In the UK, this document is only made available to professional clients and eligible counterparties as defined by the Financial Conduct Authority (“FCA”). Under no circumstances should this document be forwarded to anyone in the UK who is not a professional client or eligible counterparty as defined by the FCA. Issued in the UK by Matthews Global Investors (UK) Limited (“Matthews Asia (UK)”), which is authorised and regulated by the FCA, FRN 667893.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="5">
+  <numFmts count="4">
     <numFmt numFmtId="164" formatCode="#,##0.000000"/>
     <numFmt numFmtId="165" formatCode="mm/dd/yyyy"/>
     <numFmt numFmtId="166" formatCode="#,##0.000000000"/>
     <numFmt numFmtId="167" formatCode="#,##0.00000000"/>
-    <numFmt numFmtId="168" formatCode="#,##0.0000000"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <strike/>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="168" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{F20DD7E4-0079-4C5B-9C25-00B14E2ED026}"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{F19C44E7-BCBE-47B7-900A-C661F67EC9D1}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{294E3E9C-B64B-49F3-BB5E-44D1B298F56D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F9D9BF30-2B36-40B0-A6F8-76C59DAA5821}">
   <sheetPr>
     <tabColor theme="7" tint="0.59999389629810485"/>
   </sheetPr>
-  <dimension ref="A1:K18"/>
+  <dimension ref="A1:K19"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A4" sqref="A4:L14"/>
-      <selection pane="bottomLeft" activeCell="A8" sqref="A8:H8"/>
+      <selection pane="bottomLeft" activeCell="K12" sqref="K12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.26953125" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="9.54296875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="28.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="9.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16" customWidth="1"/>
-    <col min="6" max="6" width="12.7265625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="19.26953125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="12.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="18.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-    <row r="2" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A1" s="8" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I2" s="2"/>
       <c r="J2" s="1"/>
     </row>
-    <row r="3" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C3" s="4">
-        <v>45923</v>
+        <v>46007</v>
       </c>
       <c r="D3" s="4">
-        <v>45924</v>
+        <v>46008</v>
       </c>
       <c r="E3" s="4">
-        <v>45925</v>
+        <v>46009</v>
       </c>
       <c r="F3" s="4">
-        <v>45931</v>
+        <v>46022</v>
       </c>
       <c r="G3" s="4" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>0.18415500000000001</v>
+        <v>10</v>
+      </c>
+      <c r="H3" s="5">
+        <v>0.32764300000000002</v>
       </c>
       <c r="I3" s="5"/>
       <c r="J3" s="6"/>
       <c r="K3" s="7"/>
     </row>
-    <row r="4" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="B4" s="3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C4" s="4">
-        <v>45923</v>
+        <v>46007</v>
       </c>
       <c r="D4" s="4">
-        <v>45924</v>
+        <v>46008</v>
       </c>
       <c r="E4" s="4">
-        <v>45925</v>
+        <v>46009</v>
       </c>
       <c r="F4" s="4">
-        <v>45931</v>
+        <v>46022</v>
       </c>
       <c r="G4" s="4" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>0.119183</v>
+        <v>10</v>
+      </c>
+      <c r="H4" s="5">
+        <v>6.2489000000000003E-2</v>
       </c>
       <c r="I4" s="5"/>
       <c r="J4" s="6"/>
       <c r="K4" s="7"/>
     </row>
-    <row r="5" spans="1:11" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C5" s="4">
-        <v>45923</v>
+        <v>46007</v>
       </c>
       <c r="D5" s="4">
-        <v>45924</v>
+        <v>46008</v>
       </c>
       <c r="E5" s="4">
-        <v>45925</v>
+        <v>46009</v>
       </c>
       <c r="F5" s="4">
-        <v>45931</v>
+        <v>46022</v>
       </c>
       <c r="G5" s="4" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>0.15485699999999999</v>
+        <v>14</v>
+      </c>
+      <c r="H5" s="5">
+        <v>4.0651E-2</v>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="6"/>
       <c r="K5" s="7"/>
     </row>
-    <row r="8" spans="1:11" ht="130.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="16" t="s">
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="B8" s="16"/>
-[...52 lines deleted...]
-      <c r="A12" s="17" t="s">
+      <c r="B6" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" s="4">
+        <v>46007</v>
+      </c>
+      <c r="D6" s="4">
+        <v>46008</v>
+      </c>
+      <c r="E6" s="4">
+        <v>46009</v>
+      </c>
+      <c r="F6" s="4">
+        <v>46022</v>
+      </c>
+      <c r="G6" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="H6" s="5">
+        <v>3.8618E-2</v>
+      </c>
+      <c r="I6" s="5"/>
+      <c r="J6" s="6"/>
+      <c r="K6" s="7"/>
+    </row>
+    <row r="9" spans="1:11" ht="130.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="B12" s="16"/>
-[...24 lines deleted...]
-      <c r="A14" s="17" t="s">
+      <c r="B9" s="15"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="15"/>
+      <c r="E9" s="15"/>
+      <c r="F9" s="15"/>
+      <c r="G9" s="15"/>
+      <c r="H9" s="15"/>
+      <c r="I9" s="9"/>
+      <c r="J9" s="9"/>
+      <c r="K9" s="9"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="10"/>
+      <c r="B10" s="10"/>
+      <c r="C10" s="11"/>
+      <c r="D10" s="11"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="11"/>
+      <c r="G10" s="11"/>
+      <c r="H10" s="12"/>
+      <c r="I10" s="12"/>
+      <c r="J10" s="13"/>
+      <c r="K10" s="14"/>
+    </row>
+    <row r="11" spans="1:11" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="15" t="s">
         <v>18</v>
       </c>
-      <c r="B14" s="16"/>
-[...24 lines deleted...]
-      <c r="A16" s="16" t="s">
+      <c r="B11" s="15"/>
+      <c r="C11" s="15"/>
+      <c r="D11" s="15"/>
+      <c r="E11" s="15"/>
+      <c r="F11" s="15"/>
+      <c r="G11" s="15"/>
+      <c r="H11" s="15"/>
+      <c r="I11" s="9"/>
+      <c r="J11" s="9"/>
+      <c r="K11" s="9"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="15"/>
+      <c r="B12" s="15"/>
+      <c r="C12" s="15"/>
+      <c r="D12" s="15"/>
+      <c r="E12" s="15"/>
+      <c r="F12" s="15"/>
+      <c r="G12" s="15"/>
+      <c r="H12" s="15"/>
+      <c r="I12" s="9"/>
+      <c r="J12" s="9"/>
+      <c r="K12" s="9"/>
+    </row>
+    <row r="13" spans="1:11" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="16" t="s">
         <v>19</v>
       </c>
-      <c r="B16" s="16"/>
-[...24 lines deleted...]
-      <c r="A18" s="16" t="s">
+      <c r="B13" s="15"/>
+      <c r="C13" s="15"/>
+      <c r="D13" s="15"/>
+      <c r="E13" s="15"/>
+      <c r="F13" s="15"/>
+      <c r="G13" s="15"/>
+      <c r="H13" s="15"/>
+      <c r="I13" s="9"/>
+      <c r="J13" s="9"/>
+      <c r="K13" s="9"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="15"/>
+      <c r="B14" s="15"/>
+      <c r="C14" s="15"/>
+      <c r="D14" s="15"/>
+      <c r="E14" s="15"/>
+      <c r="F14" s="15"/>
+      <c r="G14" s="15"/>
+      <c r="H14" s="15"/>
+      <c r="I14" s="9"/>
+      <c r="J14" s="9"/>
+      <c r="K14" s="9"/>
+    </row>
+    <row r="15" spans="1:11" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="16" t="s">
         <v>20</v>
       </c>
-      <c r="B18" s="16"/>
-[...8 lines deleted...]
-      <c r="K18" s="10"/>
+      <c r="B15" s="15"/>
+      <c r="C15" s="15"/>
+      <c r="D15" s="15"/>
+      <c r="E15" s="15"/>
+      <c r="F15" s="15"/>
+      <c r="G15" s="15"/>
+      <c r="H15" s="15"/>
+      <c r="I15" s="9"/>
+      <c r="J15" s="9"/>
+      <c r="K15" s="9"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="15"/>
+      <c r="B16" s="15"/>
+      <c r="C16" s="15"/>
+      <c r="D16" s="15"/>
+      <c r="E16" s="15"/>
+      <c r="F16" s="15"/>
+      <c r="G16" s="15"/>
+      <c r="H16" s="15"/>
+      <c r="I16" s="9"/>
+      <c r="J16" s="9"/>
+      <c r="K16" s="9"/>
+    </row>
+    <row r="17" spans="1:11" ht="51.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B17" s="15"/>
+      <c r="C17" s="15"/>
+      <c r="D17" s="15"/>
+      <c r="E17" s="15"/>
+      <c r="F17" s="15"/>
+      <c r="G17" s="15"/>
+      <c r="H17" s="15"/>
+      <c r="I17" s="9"/>
+      <c r="J17" s="9"/>
+      <c r="K17" s="9"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A18" s="15"/>
+      <c r="B18" s="15"/>
+      <c r="C18" s="15"/>
+      <c r="D18" s="15"/>
+      <c r="E18" s="15"/>
+      <c r="F18" s="15"/>
+      <c r="G18" s="15"/>
+      <c r="H18" s="15"/>
+      <c r="I18" s="9"/>
+      <c r="J18" s="9"/>
+      <c r="K18" s="9"/>
+    </row>
+    <row r="19" spans="1:11" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" s="15"/>
+      <c r="C19" s="15"/>
+      <c r="D19" s="15"/>
+      <c r="E19" s="15"/>
+      <c r="F19" s="15"/>
+      <c r="G19" s="15"/>
+      <c r="H19" s="15"/>
+      <c r="I19" s="9"/>
+      <c r="J19" s="9"/>
+      <c r="K19" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="10">
-    <mergeCell ref="A15:H15"/>
     <mergeCell ref="A16:H16"/>
     <mergeCell ref="A17:H17"/>
     <mergeCell ref="A18:H18"/>
-    <mergeCell ref="A8:H8"/>
-    <mergeCell ref="A10:H10"/>
+    <mergeCell ref="A19:H19"/>
+    <mergeCell ref="A9:H9"/>
     <mergeCell ref="A11:H11"/>
     <mergeCell ref="A12:H12"/>
     <mergeCell ref="A13:H13"/>
     <mergeCell ref="A14:H14"/>
+    <mergeCell ref="A15:H15"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Dist Summary - TA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Sylvestre, Curoude</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_a8a6bf77-4383-4f51-9fdb-5d347f97c325_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_a8a6bf77-4383-4f51-9fdb-5d347f97c325_SetDate">
-    <vt:lpwstr>2025-09-24T15:54:36Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-17T14:37:57Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_a8a6bf77-4383-4f51-9fdb-5d347f97c325_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_a8a6bf77-4383-4f51-9fdb-5d347f97c325_Name">
     <vt:lpwstr>a8a6bf77-4383-4f51-9fdb-5d347f97c325</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_a8a6bf77-4383-4f51-9fdb-5d347f97c325_SiteId">
     <vt:lpwstr>4b2d1e6a-fefc-41f2-896b-ad5ac594ebe9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_a8a6bf77-4383-4f51-9fdb-5d347f97c325_ActionId">
-    <vt:lpwstr>85db7691-b22e-418c-94b4-89d6d6942e49</vt:lpwstr>
+    <vt:lpwstr>a32b86c9-234c-4420-a669-68a74341f055</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_a8a6bf77-4383-4f51-9fdb-5d347f97c325_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_a8a6bf77-4383-4f51-9fdb-5d347f97c325_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>